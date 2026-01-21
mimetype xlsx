--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HHH Schedule" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Event</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>9/13/2025</t>
   </si>
   <si>
     <t>03:40 PM</t>
   </si>
   <si>
     <t>8U DEV Ziara vs 8U DEV Sweeney Storm Purple</t>
   </si>
   <si>
     <t>Aerodrome</t>
   </si>
   <si>
@@ -855,50 +855,314 @@
     <t>14U Sorokowski vs 14U Rajagopal</t>
   </si>
   <si>
     <t>12U Ziara vs 12U Toppinen/Mayeaux</t>
   </si>
   <si>
     <t>12/14/2025</t>
   </si>
   <si>
     <t>10U Woods vs 10U Marshall Storm South</t>
   </si>
   <si>
     <t>8U He vs 8U Berry</t>
   </si>
   <si>
     <t>8U Good vs 8U Minior</t>
   </si>
   <si>
     <t>10U McGraw vs 10U Head</t>
   </si>
   <si>
     <t>12U Zarko vs 12U Leonard/Sitch</t>
   </si>
   <si>
     <t>12U Cervas vs 12U Benesch</t>
+  </si>
+  <si>
+    <t>1/3/2026</t>
+  </si>
+  <si>
+    <t>8U Mogle vs 8U Kivett Storm South</t>
+  </si>
+  <si>
+    <t>10U Waltemeyer vs 10U Marshall Storm South</t>
+  </si>
+  <si>
+    <t>06:45 PM</t>
+  </si>
+  <si>
+    <t>1/4/2026</t>
+  </si>
+  <si>
+    <t>8U Taugher Storm North vs 8U Moscato</t>
+  </si>
+  <si>
+    <t>8U Good vs 8U Berry</t>
+  </si>
+  <si>
+    <t>14U Veroba vs 14U Servo</t>
+  </si>
+  <si>
+    <t>12U Leonard/Sitch vs 12U Lee</t>
+  </si>
+  <si>
+    <t>10U Shoenfeld vs 10U Wozniak Storm North</t>
+  </si>
+  <si>
+    <t>1/10/2026</t>
+  </si>
+  <si>
+    <t>12:15 PM</t>
+  </si>
+  <si>
+    <t>12U Lee vs 12U Sherman Storm South</t>
+  </si>
+  <si>
+    <t>8U Minior vs 8U Earhart</t>
+  </si>
+  <si>
+    <t>8U Moscato vs 8U Bellinzoni</t>
+  </si>
+  <si>
+    <t>12U Sullivan vs 12U Toppinen/Mayeaux</t>
+  </si>
+  <si>
+    <t>8U DEV Sweeney Storm Purple vs 8U DEV CS 1</t>
+  </si>
+  <si>
+    <t>8U DEV Ziara vs 8U DEV Ruffolo/Ding</t>
+  </si>
+  <si>
+    <t>10U Hartwell/Jansen vs 10U Woods</t>
+  </si>
+  <si>
+    <t>10U Leist vs 10U Waltemeyer</t>
+  </si>
+  <si>
+    <t>12U Cervas vs 12U Leonard/Sitch</t>
+  </si>
+  <si>
+    <t>1/11/2026</t>
+  </si>
+  <si>
+    <t>8U Kivett Storm South vs 8U He</t>
+  </si>
+  <si>
+    <t>8U DEV Rassman vs 8U DEV Broderick</t>
+  </si>
+  <si>
+    <t>10:45 AM</t>
+  </si>
+  <si>
+    <t>12U Sullivan vs 12U Zarko</t>
+  </si>
+  <si>
+    <t>12U Benesch vs 12U Bateman</t>
+  </si>
+  <si>
+    <t>8U Minior vs 8U Taugher Storm North</t>
+  </si>
+  <si>
+    <t>8U McCubbins vs 8U Mogle</t>
+  </si>
+  <si>
+    <t>12U Usaitis Storm North vs 12U Ziara</t>
+  </si>
+  <si>
+    <t>10U Head vs 10U Woods</t>
+  </si>
+  <si>
+    <t>1/17/2026</t>
+  </si>
+  <si>
+    <t>12:20 PM</t>
+  </si>
+  <si>
+    <t>8U Berry vs 8U Good</t>
+  </si>
+  <si>
+    <t>8U He vs 8U McCubbins</t>
+  </si>
+  <si>
+    <t>01:30 PM</t>
+  </si>
+  <si>
+    <t>8U Kivett Storm South vs 8U Minior</t>
+  </si>
+  <si>
+    <t>8U Taugher Storm North vs 8U Earhart</t>
+  </si>
+  <si>
+    <t>02:40 PM</t>
+  </si>
+  <si>
+    <t>12U Ziara vs 12U Sherman Storm South</t>
+  </si>
+  <si>
+    <t>12U Lee vs 12U Cervas</t>
+  </si>
+  <si>
+    <t>12U Benesch vs 12U Sherman Storm South</t>
+  </si>
+  <si>
+    <t>12U Leonard/Sitch vs 12U Usaitis Storm North</t>
+  </si>
+  <si>
+    <t>1/18/2026</t>
+  </si>
+  <si>
+    <t>07:30 AM</t>
+  </si>
+  <si>
+    <t>10U McGraw vs 10U Woods</t>
+  </si>
+  <si>
+    <t>10U Wozniak Storm North vs 10U Legreid</t>
+  </si>
+  <si>
+    <t>08:40 AM</t>
+  </si>
+  <si>
+    <t>12U Ziara vs 12U Cervas</t>
+  </si>
+  <si>
+    <t>8U DEV Sweeney Storm Purple vs 8U DEV Broderick</t>
+  </si>
+  <si>
+    <t>8U DEV Rassman vs 8U DEV Ruffolo/Ding</t>
+  </si>
+  <si>
+    <t>12U Benesch vs 12U Zarko</t>
+  </si>
+  <si>
+    <t>12U Usaitis Storm North vs 12U Sherman Storm South</t>
+  </si>
+  <si>
+    <t>1/24/2026</t>
+  </si>
+  <si>
+    <t>8U Earhart vs 8U Bellinzoni</t>
+  </si>
+  <si>
+    <t>10U Leist vs 10U Hartwell/Jansen</t>
+  </si>
+  <si>
+    <t>10U Legreid vs 10U Head</t>
+  </si>
+  <si>
+    <t>10U Wozniak Storm North vs 10U Waltemeyer</t>
+  </si>
+  <si>
+    <t>1/25/2026</t>
+  </si>
+  <si>
+    <t>8U Good vs 8U He</t>
+  </si>
+  <si>
+    <t>8U DEV Ziara vs 8U DEV CS 1</t>
+  </si>
+  <si>
+    <t>12U Sherman Storm South vs 12U Sullivan</t>
+  </si>
+  <si>
+    <t>10U Shoenfeld vs 10U Marshall Storm South</t>
+  </si>
+  <si>
+    <t>1/31/2026</t>
+  </si>
+  <si>
+    <t>8U Taugher Storm North vs 8U Good</t>
+  </si>
+  <si>
+    <t>8U Bellinzoni vs 8U Berry</t>
+  </si>
+  <si>
+    <t>8U Mogle vs 8U Moscato</t>
+  </si>
+  <si>
+    <t>8U Earhart vs 8U Minior</t>
+  </si>
+  <si>
+    <t>10U Waltemeyer vs 10U Shoenfeld</t>
+  </si>
+  <si>
+    <t>12U Bateman vs 12U Benesch</t>
+  </si>
+  <si>
+    <t>12U Cervas vs 12U Toppinen/Mayeaux</t>
+  </si>
+  <si>
+    <t>2/1/2026</t>
+  </si>
+  <si>
+    <t>8U Moscato vs 8U McCubbins</t>
+  </si>
+  <si>
+    <t>8U Kivett Storm South vs 8U Berry</t>
+  </si>
+  <si>
+    <t>12U Benesch vs 12U Sullivan</t>
+  </si>
+  <si>
+    <t>8U He vs 8U Mogle</t>
+  </si>
+  <si>
+    <t>10U Leist vs 10U Wozniak Storm North</t>
+  </si>
+  <si>
+    <t>10U Legreid vs 10U Hartwell/Jansen</t>
+  </si>
+  <si>
+    <t>10U Marshall Storm South vs 10U McGraw</t>
+  </si>
+  <si>
+    <t>12U Ziara vs 12U Leonard/Sitch</t>
+  </si>
+  <si>
+    <t>2/7/2026</t>
+  </si>
+  <si>
+    <t>12U Bateman vs 12U Lee</t>
+  </si>
+  <si>
+    <t>10U Shoenfeld vs 10U Head</t>
+  </si>
+  <si>
+    <t>12U Usaitis Storm North vs 12U Cervas</t>
+  </si>
+  <si>
+    <t>2/8/2026</t>
+  </si>
+  <si>
+    <t>8U Berry vs 8U Taugher Storm North</t>
+  </si>
+  <si>
+    <t>8U Kivett Storm South vs 8U Good</t>
+  </si>
+  <si>
+    <t>8U He vs 8U Minior</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1213,51 +1477,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D246"/>
+  <dimension ref="A1:D362"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -4663,50 +4927,1674 @@
       <c r="A245" t="s">
         <v>274</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>279</v>
       </c>
       <c r="D245" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
         <v>274</v>
       </c>
       <c r="B246" t="s">
         <v>36</v>
       </c>
       <c r="C246" t="s">
         <v>280</v>
       </c>
       <c r="D246" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>281</v>
+      </c>
+      <c r="B247" t="s">
+        <v>29</v>
+      </c>
+      <c r="C247" t="s">
+        <v>282</v>
+      </c>
+      <c r="D247" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>281</v>
+      </c>
+      <c r="B248" t="s">
+        <v>29</v>
+      </c>
+      <c r="C248" t="s">
+        <v>196</v>
+      </c>
+      <c r="D248" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>281</v>
+      </c>
+      <c r="B249" t="s">
+        <v>33</v>
+      </c>
+      <c r="C249" t="s">
+        <v>283</v>
+      </c>
+      <c r="D249" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>281</v>
+      </c>
+      <c r="B250" t="s">
+        <v>12</v>
+      </c>
+      <c r="C250" t="s">
+        <v>165</v>
+      </c>
+      <c r="D250" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>281</v>
+      </c>
+      <c r="B251" t="s">
+        <v>17</v>
+      </c>
+      <c r="C251" t="s">
+        <v>167</v>
+      </c>
+      <c r="D251" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>281</v>
+      </c>
+      <c r="B252" t="s">
+        <v>284</v>
+      </c>
+      <c r="C252" t="s">
+        <v>254</v>
+      </c>
+      <c r="D252" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>285</v>
+      </c>
+      <c r="B253" t="s">
+        <v>20</v>
+      </c>
+      <c r="C253" t="s">
+        <v>286</v>
+      </c>
+      <c r="D253" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>285</v>
+      </c>
+      <c r="B254" t="s">
+        <v>20</v>
+      </c>
+      <c r="C254" t="s">
+        <v>287</v>
+      </c>
+      <c r="D254" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>285</v>
+      </c>
+      <c r="B255" t="s">
+        <v>23</v>
+      </c>
+      <c r="C255" t="s">
+        <v>257</v>
+      </c>
+      <c r="D255" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>285</v>
+      </c>
+      <c r="B256" t="s">
+        <v>23</v>
+      </c>
+      <c r="C256" t="s">
+        <v>267</v>
+      </c>
+      <c r="D256" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>285</v>
+      </c>
+      <c r="B257" t="s">
+        <v>25</v>
+      </c>
+      <c r="C257" t="s">
+        <v>260</v>
+      </c>
+      <c r="D257" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>285</v>
+      </c>
+      <c r="B258" t="s">
+        <v>27</v>
+      </c>
+      <c r="C258" t="s">
+        <v>288</v>
+      </c>
+      <c r="D258" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>285</v>
+      </c>
+      <c r="B259" t="s">
+        <v>29</v>
+      </c>
+      <c r="C259" t="s">
+        <v>151</v>
+      </c>
+      <c r="D259" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>285</v>
+      </c>
+      <c r="B260" t="s">
+        <v>33</v>
+      </c>
+      <c r="C260" t="s">
+        <v>289</v>
+      </c>
+      <c r="D260" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>285</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>290</v>
+      </c>
+      <c r="D261" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>291</v>
+      </c>
+      <c r="B262" t="s">
+        <v>292</v>
+      </c>
+      <c r="C262" t="s">
+        <v>293</v>
+      </c>
+      <c r="D262" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>291</v>
+      </c>
+      <c r="B263" t="s">
+        <v>5</v>
+      </c>
+      <c r="C263" t="s">
+        <v>294</v>
+      </c>
+      <c r="D263" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>291</v>
+      </c>
+      <c r="B264" t="s">
+        <v>5</v>
+      </c>
+      <c r="C264" t="s">
+        <v>295</v>
+      </c>
+      <c r="D264" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>291</v>
+      </c>
+      <c r="B265" t="s">
+        <v>33</v>
+      </c>
+      <c r="C265" t="s">
+        <v>296</v>
+      </c>
+      <c r="D265" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>291</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>297</v>
+      </c>
+      <c r="D266" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>291</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>298</v>
+      </c>
+      <c r="D267" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>291</v>
+      </c>
+      <c r="B268" t="s">
+        <v>12</v>
+      </c>
+      <c r="C268" t="s">
+        <v>299</v>
+      </c>
+      <c r="D268" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>291</v>
+      </c>
+      <c r="B269" t="s">
+        <v>49</v>
+      </c>
+      <c r="C269" t="s">
+        <v>300</v>
+      </c>
+      <c r="D269" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>291</v>
+      </c>
+      <c r="B270" t="s">
+        <v>17</v>
+      </c>
+      <c r="C270" t="s">
+        <v>167</v>
+      </c>
+      <c r="D270" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>291</v>
+      </c>
+      <c r="B271" t="s">
+        <v>52</v>
+      </c>
+      <c r="C271" t="s">
+        <v>301</v>
+      </c>
+      <c r="D271" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>302</v>
+      </c>
+      <c r="B272" t="s">
+        <v>20</v>
+      </c>
+      <c r="C272" t="s">
+        <v>303</v>
+      </c>
+      <c r="D272" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>302</v>
+      </c>
+      <c r="B273" t="s">
+        <v>20</v>
+      </c>
+      <c r="C273" t="s">
+        <v>304</v>
+      </c>
+      <c r="D273" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>302</v>
+      </c>
+      <c r="B274" t="s">
+        <v>23</v>
+      </c>
+      <c r="C274" t="s">
+        <v>261</v>
+      </c>
+      <c r="D274" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>302</v>
+      </c>
+      <c r="B275" t="s">
+        <v>305</v>
+      </c>
+      <c r="C275" t="s">
+        <v>306</v>
+      </c>
+      <c r="D275" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>302</v>
+      </c>
+      <c r="B276" t="s">
+        <v>25</v>
+      </c>
+      <c r="C276" t="s">
+        <v>208</v>
+      </c>
+      <c r="D276" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>302</v>
+      </c>
+      <c r="B277" t="s">
+        <v>27</v>
+      </c>
+      <c r="C277" t="s">
+        <v>307</v>
+      </c>
+      <c r="D277" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>302</v>
+      </c>
+      <c r="B278" t="s">
+        <v>29</v>
+      </c>
+      <c r="C278" t="s">
+        <v>308</v>
+      </c>
+      <c r="D278" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>302</v>
+      </c>
+      <c r="B279" t="s">
+        <v>29</v>
+      </c>
+      <c r="C279" t="s">
+        <v>309</v>
+      </c>
+      <c r="D279" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>302</v>
+      </c>
+      <c r="B280" t="s">
+        <v>33</v>
+      </c>
+      <c r="C280" t="s">
+        <v>162</v>
+      </c>
+      <c r="D280" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>302</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>310</v>
+      </c>
+      <c r="D281" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>302</v>
+      </c>
+      <c r="B282" t="s">
+        <v>36</v>
+      </c>
+      <c r="C282" t="s">
+        <v>311</v>
+      </c>
+      <c r="D282" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>312</v>
+      </c>
+      <c r="B283" t="s">
+        <v>313</v>
+      </c>
+      <c r="C283" t="s">
+        <v>314</v>
+      </c>
+      <c r="D283" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>312</v>
+      </c>
+      <c r="B284" t="s">
+        <v>313</v>
+      </c>
+      <c r="C284" t="s">
+        <v>315</v>
+      </c>
+      <c r="D284" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>312</v>
+      </c>
+      <c r="B285" t="s">
+        <v>316</v>
+      </c>
+      <c r="C285" t="s">
+        <v>317</v>
+      </c>
+      <c r="D285" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>312</v>
+      </c>
+      <c r="B286" t="s">
+        <v>316</v>
+      </c>
+      <c r="C286" t="s">
+        <v>318</v>
+      </c>
+      <c r="D286" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>312</v>
+      </c>
+      <c r="B287" t="s">
+        <v>319</v>
+      </c>
+      <c r="C287" t="s">
+        <v>109</v>
+      </c>
+      <c r="D287" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>312</v>
+      </c>
+      <c r="B288" t="s">
+        <v>5</v>
+      </c>
+      <c r="C288" t="s">
+        <v>125</v>
+      </c>
+      <c r="D288" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>312</v>
+      </c>
+      <c r="B289" t="s">
+        <v>5</v>
+      </c>
+      <c r="C289" t="s">
+        <v>214</v>
+      </c>
+      <c r="D289" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>312</v>
+      </c>
+      <c r="B290" t="s">
+        <v>44</v>
+      </c>
+      <c r="C290" t="s">
+        <v>268</v>
+      </c>
+      <c r="D290" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>312</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>320</v>
+      </c>
+      <c r="D291" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>312</v>
+      </c>
+      <c r="B292" t="s">
+        <v>200</v>
+      </c>
+      <c r="C292" t="s">
+        <v>321</v>
+      </c>
+      <c r="D292" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>312</v>
+      </c>
+      <c r="B293" t="s">
+        <v>49</v>
+      </c>
+      <c r="C293" t="s">
+        <v>322</v>
+      </c>
+      <c r="D293" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>312</v>
+      </c>
+      <c r="B294" t="s">
+        <v>17</v>
+      </c>
+      <c r="C294" t="s">
+        <v>323</v>
+      </c>
+      <c r="D294" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>312</v>
+      </c>
+      <c r="B295" t="s">
+        <v>52</v>
+      </c>
+      <c r="C295" t="s">
+        <v>153</v>
+      </c>
+      <c r="D295" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>324</v>
+      </c>
+      <c r="B296" t="s">
+        <v>325</v>
+      </c>
+      <c r="C296" t="s">
+        <v>326</v>
+      </c>
+      <c r="D296" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>324</v>
+      </c>
+      <c r="B297" t="s">
+        <v>325</v>
+      </c>
+      <c r="C297" t="s">
+        <v>327</v>
+      </c>
+      <c r="D297" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>324</v>
+      </c>
+      <c r="B298" t="s">
+        <v>328</v>
+      </c>
+      <c r="C298" t="s">
+        <v>329</v>
+      </c>
+      <c r="D298" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>324</v>
+      </c>
+      <c r="B299" t="s">
+        <v>20</v>
+      </c>
+      <c r="C299" t="s">
+        <v>330</v>
+      </c>
+      <c r="D299" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>324</v>
+      </c>
+      <c r="B300" t="s">
+        <v>20</v>
+      </c>
+      <c r="C300" t="s">
+        <v>331</v>
+      </c>
+      <c r="D300" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>324</v>
+      </c>
+      <c r="B301" t="s">
+        <v>23</v>
+      </c>
+      <c r="C301" t="s">
+        <v>259</v>
+      </c>
+      <c r="D301" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>324</v>
+      </c>
+      <c r="B302" t="s">
+        <v>25</v>
+      </c>
+      <c r="C302" t="s">
+        <v>191</v>
+      </c>
+      <c r="D302" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>324</v>
+      </c>
+      <c r="B303" t="s">
+        <v>27</v>
+      </c>
+      <c r="C303" t="s">
+        <v>332</v>
+      </c>
+      <c r="D303" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>324</v>
+      </c>
+      <c r="B304" t="s">
+        <v>27</v>
+      </c>
+      <c r="C304" t="s">
+        <v>208</v>
+      </c>
+      <c r="D304" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>324</v>
+      </c>
+      <c r="B305" t="s">
+        <v>29</v>
+      </c>
+      <c r="C305" t="s">
+        <v>222</v>
+      </c>
+      <c r="D305" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>324</v>
+      </c>
+      <c r="B306" t="s">
+        <v>44</v>
+      </c>
+      <c r="C306" t="s">
+        <v>267</v>
+      </c>
+      <c r="D306" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>324</v>
+      </c>
+      <c r="B307" t="s">
+        <v>44</v>
+      </c>
+      <c r="C307" t="s">
+        <v>113</v>
+      </c>
+      <c r="D307" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>324</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>333</v>
+      </c>
+      <c r="D308" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>324</v>
+      </c>
+      <c r="B309" t="s">
+        <v>36</v>
+      </c>
+      <c r="C309" t="s">
+        <v>53</v>
+      </c>
+      <c r="D309" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>334</v>
+      </c>
+      <c r="B310" t="s">
+        <v>5</v>
+      </c>
+      <c r="C310" t="s">
+        <v>235</v>
+      </c>
+      <c r="D310" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>334</v>
+      </c>
+      <c r="B311" t="s">
+        <v>5</v>
+      </c>
+      <c r="C311" t="s">
+        <v>335</v>
+      </c>
+      <c r="D311" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>334</v>
+      </c>
+      <c r="B312" t="s">
+        <v>33</v>
+      </c>
+      <c r="C312" t="s">
+        <v>252</v>
+      </c>
+      <c r="D312" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>334</v>
+      </c>
+      <c r="B313" t="s">
+        <v>33</v>
+      </c>
+      <c r="C313" t="s">
+        <v>71</v>
+      </c>
+      <c r="D313" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>334</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>336</v>
+      </c>
+      <c r="D314" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>334</v>
+      </c>
+      <c r="B315" t="s">
+        <v>12</v>
+      </c>
+      <c r="C315" t="s">
+        <v>337</v>
+      </c>
+      <c r="D315" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>334</v>
+      </c>
+      <c r="B316" t="s">
+        <v>49</v>
+      </c>
+      <c r="C316" t="s">
+        <v>338</v>
+      </c>
+      <c r="D316" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>334</v>
+      </c>
+      <c r="B317" t="s">
+        <v>52</v>
+      </c>
+      <c r="C317" t="s">
+        <v>78</v>
+      </c>
+      <c r="D317" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>339</v>
+      </c>
+      <c r="B318" t="s">
+        <v>20</v>
+      </c>
+      <c r="C318" t="s">
+        <v>340</v>
+      </c>
+      <c r="D318" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>339</v>
+      </c>
+      <c r="B319" t="s">
+        <v>20</v>
+      </c>
+      <c r="C319" t="s">
+        <v>258</v>
+      </c>
+      <c r="D319" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>339</v>
+      </c>
+      <c r="B320" t="s">
+        <v>23</v>
+      </c>
+      <c r="C320" t="s">
+        <v>341</v>
+      </c>
+      <c r="D320" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>339</v>
+      </c>
+      <c r="B321" t="s">
+        <v>23</v>
+      </c>
+      <c r="C321" t="s">
+        <v>99</v>
+      </c>
+      <c r="D321" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>339</v>
+      </c>
+      <c r="B322" t="s">
+        <v>29</v>
+      </c>
+      <c r="C322" t="s">
+        <v>342</v>
+      </c>
+      <c r="D322" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>339</v>
+      </c>
+      <c r="B323" t="s">
+        <v>33</v>
+      </c>
+      <c r="C323" t="s">
+        <v>272</v>
+      </c>
+      <c r="D323" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>339</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>343</v>
+      </c>
+      <c r="D324" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>339</v>
+      </c>
+      <c r="B325" t="s">
+        <v>36</v>
+      </c>
+      <c r="C325" t="s">
+        <v>329</v>
+      </c>
+      <c r="D325" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>344</v>
+      </c>
+      <c r="B326" t="s">
+        <v>5</v>
+      </c>
+      <c r="C326" t="s">
+        <v>345</v>
+      </c>
+      <c r="D326" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>344</v>
+      </c>
+      <c r="B327" t="s">
+        <v>5</v>
+      </c>
+      <c r="C327" t="s">
+        <v>346</v>
+      </c>
+      <c r="D327" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>344</v>
+      </c>
+      <c r="B328" t="s">
+        <v>44</v>
+      </c>
+      <c r="C328" t="s">
+        <v>347</v>
+      </c>
+      <c r="D328" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>344</v>
+      </c>
+      <c r="B329" t="s">
+        <v>44</v>
+      </c>
+      <c r="C329" t="s">
+        <v>216</v>
+      </c>
+      <c r="D329" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>344</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>135</v>
+      </c>
+      <c r="D330" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>344</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>348</v>
+      </c>
+      <c r="D331" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>344</v>
+      </c>
+      <c r="B332" t="s">
+        <v>200</v>
+      </c>
+      <c r="C332" t="s">
+        <v>349</v>
+      </c>
+      <c r="D332" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>344</v>
+      </c>
+      <c r="B333" t="s">
+        <v>49</v>
+      </c>
+      <c r="C333" t="s">
+        <v>350</v>
+      </c>
+      <c r="D333" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>344</v>
+      </c>
+      <c r="B334" t="s">
+        <v>17</v>
+      </c>
+      <c r="C334" t="s">
+        <v>288</v>
+      </c>
+      <c r="D334" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>344</v>
+      </c>
+      <c r="B335" t="s">
+        <v>52</v>
+      </c>
+      <c r="C335" t="s">
+        <v>351</v>
+      </c>
+      <c r="D335" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>352</v>
+      </c>
+      <c r="B336" t="s">
+        <v>20</v>
+      </c>
+      <c r="C336" t="s">
+        <v>353</v>
+      </c>
+      <c r="D336" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>352</v>
+      </c>
+      <c r="B337" t="s">
+        <v>20</v>
+      </c>
+      <c r="C337" t="s">
+        <v>354</v>
+      </c>
+      <c r="D337" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>352</v>
+      </c>
+      <c r="B338" t="s">
+        <v>23</v>
+      </c>
+      <c r="C338" t="s">
+        <v>209</v>
+      </c>
+      <c r="D338" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>352</v>
+      </c>
+      <c r="B339" t="s">
+        <v>25</v>
+      </c>
+      <c r="C339" t="s">
+        <v>28</v>
+      </c>
+      <c r="D339" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>352</v>
+      </c>
+      <c r="B340" t="s">
+        <v>27</v>
+      </c>
+      <c r="C340" t="s">
+        <v>355</v>
+      </c>
+      <c r="D340" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>352</v>
+      </c>
+      <c r="B341" t="s">
+        <v>29</v>
+      </c>
+      <c r="C341" t="s">
+        <v>106</v>
+      </c>
+      <c r="D341" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>352</v>
+      </c>
+      <c r="B342" t="s">
+        <v>29</v>
+      </c>
+      <c r="C342" t="s">
+        <v>356</v>
+      </c>
+      <c r="D342" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>352</v>
+      </c>
+      <c r="B343" t="s">
+        <v>5</v>
+      </c>
+      <c r="C343" t="s">
+        <v>357</v>
+      </c>
+      <c r="D343" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>352</v>
+      </c>
+      <c r="B344" t="s">
+        <v>33</v>
+      </c>
+      <c r="C344" t="s">
+        <v>358</v>
+      </c>
+      <c r="D344" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>352</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>359</v>
+      </c>
+      <c r="D345" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>352</v>
+      </c>
+      <c r="B346" t="s">
+        <v>36</v>
+      </c>
+      <c r="C346" t="s">
+        <v>360</v>
+      </c>
+      <c r="D346" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>361</v>
+      </c>
+      <c r="B347" t="s">
+        <v>5</v>
+      </c>
+      <c r="C347" t="s">
+        <v>362</v>
+      </c>
+      <c r="D347" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>361</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>363</v>
+      </c>
+      <c r="D348" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>361</v>
+      </c>
+      <c r="B349" t="s">
+        <v>12</v>
+      </c>
+      <c r="C349" t="s">
+        <v>56</v>
+      </c>
+      <c r="D349" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>361</v>
+      </c>
+      <c r="B350" t="s">
+        <v>12</v>
+      </c>
+      <c r="C350" t="s">
+        <v>262</v>
+      </c>
+      <c r="D350" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351" t="s">
+        <v>361</v>
+      </c>
+      <c r="B351" t="s">
+        <v>49</v>
+      </c>
+      <c r="C351" t="s">
+        <v>364</v>
+      </c>
+      <c r="D351" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>361</v>
+      </c>
+      <c r="B352" t="s">
+        <v>17</v>
+      </c>
+      <c r="C352" t="s">
+        <v>203</v>
+      </c>
+      <c r="D352" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353" t="s">
+        <v>361</v>
+      </c>
+      <c r="B353" t="s">
+        <v>52</v>
+      </c>
+      <c r="C353" t="s">
+        <v>241</v>
+      </c>
+      <c r="D353" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>365</v>
+      </c>
+      <c r="B354" t="s">
+        <v>20</v>
+      </c>
+      <c r="C354" t="s">
+        <v>366</v>
+      </c>
+      <c r="D354" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>365</v>
+      </c>
+      <c r="B355" t="s">
+        <v>20</v>
+      </c>
+      <c r="C355" t="s">
+        <v>367</v>
+      </c>
+      <c r="D355" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>365</v>
+      </c>
+      <c r="B356" t="s">
+        <v>23</v>
+      </c>
+      <c r="C356" t="s">
+        <v>83</v>
+      </c>
+      <c r="D356" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>365</v>
+      </c>
+      <c r="B357" t="s">
+        <v>25</v>
+      </c>
+      <c r="C357" t="s">
+        <v>123</v>
+      </c>
+      <c r="D357" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>365</v>
+      </c>
+      <c r="B358" t="s">
+        <v>27</v>
+      </c>
+      <c r="C358" t="s">
+        <v>31</v>
+      </c>
+      <c r="D358" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>365</v>
+      </c>
+      <c r="B359" t="s">
+        <v>29</v>
+      </c>
+      <c r="C359" t="s">
+        <v>368</v>
+      </c>
+      <c r="D359" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>365</v>
+      </c>
+      <c r="B360" t="s">
+        <v>29</v>
+      </c>
+      <c r="C360" t="s">
+        <v>188</v>
+      </c>
+      <c r="D360" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>365</v>
+      </c>
+      <c r="B361" t="s">
+        <v>5</v>
+      </c>
+      <c r="C361" t="s">
+        <v>108</v>
+      </c>
+      <c r="D361" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>365</v>
+      </c>
+      <c r="B362" t="s">
+        <v>33</v>
+      </c>
+      <c r="C362" t="s">
+        <v>272</v>
+      </c>
+      <c r="D362" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">