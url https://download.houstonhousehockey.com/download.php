--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HHH Schedule" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Event</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>9/13/2025</t>
   </si>
   <si>
     <t>03:40 PM</t>
   </si>
   <si>
     <t>8U DEV Ziara vs 8U DEV Sweeney Storm Purple</t>
   </si>
   <si>
     <t>Aerodrome</t>
   </si>
   <si>
@@ -971,195 +971,204 @@
   <si>
     <t>10U Head vs 10U Woods</t>
   </si>
   <si>
     <t>1/17/2026</t>
   </si>
   <si>
     <t>12:20 PM</t>
   </si>
   <si>
     <t>8U Berry vs 8U Good</t>
   </si>
   <si>
     <t>8U He vs 8U McCubbins</t>
   </si>
   <si>
     <t>01:30 PM</t>
   </si>
   <si>
     <t>8U Kivett Storm South vs 8U Minior</t>
   </si>
   <si>
     <t>8U Taugher Storm North vs 8U Earhart</t>
   </si>
   <si>
-    <t>02:40 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>12U Ziara vs 12U Sherman Storm South</t>
   </si>
   <si>
     <t>12U Lee vs 12U Cervas</t>
   </si>
   <si>
     <t>12U Benesch vs 12U Sherman Storm South</t>
   </si>
   <si>
     <t>12U Leonard/Sitch vs 12U Usaitis Storm North</t>
   </si>
   <si>
     <t>1/18/2026</t>
   </si>
   <si>
     <t>07:30 AM</t>
   </si>
   <si>
     <t>10U McGraw vs 10U Woods</t>
   </si>
   <si>
     <t>10U Wozniak Storm North vs 10U Legreid</t>
   </si>
   <si>
     <t>08:40 AM</t>
   </si>
   <si>
     <t>12U Ziara vs 12U Cervas</t>
   </si>
   <si>
     <t>8U DEV Sweeney Storm Purple vs 8U DEV Broderick</t>
   </si>
   <si>
     <t>8U DEV Rassman vs 8U DEV Ruffolo/Ding</t>
   </si>
   <si>
     <t>12U Benesch vs 12U Zarko</t>
   </si>
   <si>
     <t>12U Usaitis Storm North vs 12U Sherman Storm South</t>
   </si>
   <si>
     <t>1/24/2026</t>
   </si>
   <si>
+    <t>01:20 PM</t>
+  </si>
+  <si>
+    <t>8U Good vs 8U He</t>
+  </si>
+  <si>
     <t>8U Earhart vs 8U Bellinzoni</t>
   </si>
   <si>
-    <t>10U Leist vs 10U Hartwell/Jansen</t>
-[...5 lines deleted...]
-    <t>10U Wozniak Storm North vs 10U Waltemeyer</t>
+    <t>10U Leist vs 10U Head</t>
+  </si>
+  <si>
+    <t>10U Legreid vs 10U Hartwell/Jansen</t>
   </si>
   <si>
     <t>1/25/2026</t>
   </si>
   <si>
-    <t>8U Good vs 8U He</t>
-[...1 lines deleted...]
-  <si>
     <t>8U DEV Ziara vs 8U DEV CS 1</t>
   </si>
   <si>
     <t>12U Sherman Storm South vs 12U Sullivan</t>
   </si>
   <si>
     <t>10U Shoenfeld vs 10U Marshall Storm South</t>
   </si>
   <si>
     <t>1/31/2026</t>
   </si>
   <si>
     <t>8U Taugher Storm North vs 8U Good</t>
   </si>
   <si>
     <t>8U Bellinzoni vs 8U Berry</t>
   </si>
   <si>
     <t>8U Mogle vs 8U Moscato</t>
   </si>
   <si>
     <t>8U Earhart vs 8U Minior</t>
   </si>
   <si>
-    <t>10U Waltemeyer vs 10U Shoenfeld</t>
-[...1 lines deleted...]
-  <si>
     <t>12U Bateman vs 12U Benesch</t>
   </si>
   <si>
     <t>12U Cervas vs 12U Toppinen/Mayeaux</t>
   </si>
   <si>
     <t>2/1/2026</t>
   </si>
   <si>
+    <t>11:00 AM</t>
+  </si>
+  <si>
     <t>8U Moscato vs 8U McCubbins</t>
   </si>
   <si>
     <t>8U Kivett Storm South vs 8U Berry</t>
   </si>
   <si>
+    <t>01:45 PM</t>
+  </si>
+  <si>
     <t>12U Benesch vs 12U Sullivan</t>
   </si>
   <si>
     <t>8U He vs 8U Mogle</t>
   </si>
   <si>
     <t>10U Leist vs 10U Wozniak Storm North</t>
   </si>
   <si>
-    <t>10U Legreid vs 10U Hartwell/Jansen</t>
-[...1 lines deleted...]
-  <si>
     <t>10U Marshall Storm South vs 10U McGraw</t>
   </si>
   <si>
     <t>12U Ziara vs 12U Leonard/Sitch</t>
   </si>
   <si>
     <t>2/7/2026</t>
   </si>
   <si>
+    <t>11:25 AM</t>
+  </si>
+  <si>
+    <t>8U Berry vs 8U Taugher Storm North</t>
+  </si>
+  <si>
+    <t>8U Kivett Storm South vs 8U Good</t>
+  </si>
+  <si>
+    <t>12:35 PM</t>
+  </si>
+  <si>
     <t>12U Bateman vs 12U Lee</t>
   </si>
   <si>
     <t>10U Shoenfeld vs 10U Head</t>
   </si>
   <si>
     <t>12U Usaitis Storm North vs 12U Cervas</t>
   </si>
   <si>
+    <t>08:40 PM</t>
+  </si>
+  <si>
     <t>2/8/2026</t>
   </si>
   <si>
-    <t>8U Berry vs 8U Taugher Storm North</t>
-[...2 lines deleted...]
-    <t>8U Kivett Storm South vs 8U Good</t>
+    <t>01:10 PM</t>
   </si>
   <si>
     <t>8U He vs 8U Minior</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1477,51 +1486,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D362"/>
+  <dimension ref="A1:D361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -5494,1106 +5503,1092 @@
         <v>317</v>
       </c>
       <c r="D285" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
         <v>312</v>
       </c>
       <c r="B286" t="s">
         <v>316</v>
       </c>
       <c r="C286" t="s">
         <v>318</v>
       </c>
       <c r="D286" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
         <v>312</v>
       </c>
       <c r="B287" t="s">
-        <v>319</v>
+        <v>5</v>
       </c>
       <c r="C287" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="D287" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
         <v>312</v>
       </c>
       <c r="B288" t="s">
         <v>5</v>
       </c>
       <c r="C288" t="s">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="D288" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>312</v>
       </c>
       <c r="B289" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="C289" t="s">
-        <v>214</v>
+        <v>268</v>
       </c>
       <c r="D289" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>312</v>
       </c>
       <c r="B290" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>268</v>
+        <v>319</v>
       </c>
       <c r="D290" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
         <v>312</v>
       </c>
       <c r="B291" t="s">
-        <v>9</v>
+        <v>200</v>
       </c>
       <c r="C291" t="s">
         <v>320</v>
       </c>
       <c r="D291" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
         <v>312</v>
       </c>
       <c r="B292" t="s">
-        <v>200</v>
+        <v>49</v>
       </c>
       <c r="C292" t="s">
         <v>321</v>
       </c>
       <c r="D292" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
         <v>312</v>
       </c>
       <c r="B293" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="C293" t="s">
         <v>322</v>
       </c>
       <c r="D293" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
         <v>312</v>
       </c>
       <c r="B294" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="C294" t="s">
-        <v>323</v>
+        <v>153</v>
       </c>
       <c r="D294" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="B295" t="s">
-        <v>52</v>
+        <v>324</v>
       </c>
       <c r="C295" t="s">
-        <v>153</v>
+        <v>325</v>
       </c>
       <c r="D295" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
+        <v>323</v>
+      </c>
+      <c r="B296" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C296" t="s">
         <v>326</v>
       </c>
       <c r="D296" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B297" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C297" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D297" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B298" t="s">
-        <v>328</v>
+        <v>20</v>
       </c>
       <c r="C298" t="s">
         <v>329</v>
       </c>
       <c r="D298" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B299" t="s">
         <v>20</v>
       </c>
       <c r="C299" t="s">
         <v>330</v>
       </c>
       <c r="D299" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B300" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C300" t="s">
-        <v>331</v>
+        <v>259</v>
       </c>
       <c r="D300" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B301" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C301" t="s">
-        <v>259</v>
+        <v>191</v>
       </c>
       <c r="D301" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B302" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C302" t="s">
-        <v>191</v>
+        <v>331</v>
       </c>
       <c r="D302" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B303" t="s">
         <v>27</v>
       </c>
       <c r="C303" t="s">
-        <v>332</v>
+        <v>208</v>
       </c>
       <c r="D303" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B304" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C304" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="D304" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B305" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="C305" t="s">
-        <v>222</v>
+        <v>267</v>
       </c>
       <c r="D305" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B306" t="s">
         <v>44</v>
       </c>
       <c r="C306" t="s">
-        <v>267</v>
+        <v>113</v>
       </c>
       <c r="D306" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B307" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>113</v>
+        <v>332</v>
       </c>
       <c r="D307" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B308" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="C308" t="s">
-        <v>333</v>
+        <v>53</v>
       </c>
       <c r="D308" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="B309" t="s">
-        <v>36</v>
+        <v>334</v>
       </c>
       <c r="C309" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="D309" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
+        <v>333</v>
+      </c>
+      <c r="B310" t="s">
         <v>334</v>
       </c>
-      <c r="B310" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" t="s">
-        <v>235</v>
+        <v>335</v>
       </c>
       <c r="D310" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
+        <v>333</v>
+      </c>
+      <c r="B311" t="s">
         <v>334</v>
       </c>
-      <c r="B311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" t="s">
-        <v>335</v>
+        <v>258</v>
       </c>
       <c r="D311" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B312" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="C312" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="D312" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B313" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="C313" t="s">
-        <v>71</v>
+        <v>336</v>
       </c>
       <c r="D313" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B314" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C314" t="s">
-        <v>336</v>
+        <v>252</v>
       </c>
       <c r="D314" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B315" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="C315" t="s">
-        <v>337</v>
+        <v>71</v>
       </c>
       <c r="D315" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B316" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="D316" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B317" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="C317" t="s">
-        <v>78</v>
+        <v>338</v>
       </c>
       <c r="D317" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B318" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="C318" t="s">
-        <v>340</v>
+        <v>76</v>
       </c>
       <c r="D318" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B319" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="C319" t="s">
-        <v>258</v>
+        <v>78</v>
       </c>
       <c r="D319" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>339</v>
       </c>
       <c r="B320" t="s">
         <v>23</v>
       </c>
       <c r="C320" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="D320" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
         <v>339</v>
       </c>
       <c r="B321" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C321" t="s">
-        <v>99</v>
+        <v>341</v>
       </c>
       <c r="D321" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
         <v>339</v>
       </c>
       <c r="B322" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C322" t="s">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="D322" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
         <v>339</v>
       </c>
       <c r="B323" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>272</v>
+        <v>342</v>
       </c>
       <c r="D323" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
         <v>339</v>
       </c>
       <c r="B324" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="C324" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="D324" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B325" t="s">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="C325" t="s">
-        <v>329</v>
+        <v>344</v>
       </c>
       <c r="D325" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B326" t="s">
         <v>5</v>
       </c>
       <c r="C326" t="s">
         <v>345</v>
       </c>
       <c r="D326" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B327" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="C327" t="s">
         <v>346</v>
       </c>
       <c r="D327" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B328" t="s">
         <v>44</v>
       </c>
       <c r="C328" t="s">
-        <v>347</v>
+        <v>216</v>
       </c>
       <c r="D328" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B329" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>216</v>
+        <v>135</v>
       </c>
       <c r="D329" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>135</v>
+        <v>347</v>
       </c>
       <c r="D330" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B331" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C331" t="s">
-        <v>348</v>
+        <v>109</v>
       </c>
       <c r="D331" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B332" t="s">
         <v>200</v>
       </c>
       <c r="C332" t="s">
-        <v>349</v>
+        <v>209</v>
       </c>
       <c r="D332" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B333" t="s">
         <v>49</v>
       </c>
       <c r="C333" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="D333" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B334" t="s">
         <v>17</v>
       </c>
       <c r="C334" t="s">
-        <v>288</v>
+        <v>28</v>
       </c>
       <c r="D334" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B335" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="C335" t="s">
-        <v>351</v>
+        <v>288</v>
       </c>
       <c r="D335" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="B336" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="C336" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D336" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
+        <v>350</v>
+      </c>
+      <c r="B337" t="s">
+        <v>351</v>
+      </c>
+      <c r="C337" t="s">
         <v>352</v>
       </c>
-      <c r="B337" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D337" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B338" t="s">
-        <v>23</v>
+        <v>351</v>
       </c>
       <c r="C338" t="s">
-        <v>209</v>
+        <v>353</v>
       </c>
       <c r="D338" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B339" t="s">
-        <v>25</v>
+        <v>354</v>
       </c>
       <c r="C339" t="s">
-        <v>28</v>
+        <v>355</v>
       </c>
       <c r="D339" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B340" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C340" t="s">
-        <v>355</v>
+        <v>106</v>
       </c>
       <c r="D340" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B341" t="s">
         <v>29</v>
       </c>
       <c r="C341" t="s">
-        <v>106</v>
+        <v>356</v>
       </c>
       <c r="D341" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B342" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
       <c r="C342" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D342" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B343" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="C343" t="s">
-        <v>357</v>
+        <v>338</v>
       </c>
       <c r="D343" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B344" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>358</v>
       </c>
       <c r="D344" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B345" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="C345" t="s">
         <v>359</v>
       </c>
       <c r="D345" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="B346" t="s">
-        <v>36</v>
+        <v>361</v>
       </c>
       <c r="C346" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D346" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
+        <v>360</v>
+      </c>
+      <c r="B347" t="s">
         <v>361</v>
       </c>
-      <c r="B347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D347" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B348" t="s">
-        <v>9</v>
+        <v>364</v>
       </c>
       <c r="C348" t="s">
-        <v>363</v>
+        <v>83</v>
       </c>
       <c r="D348" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B349" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C349" t="s">
-        <v>56</v>
+        <v>365</v>
       </c>
       <c r="D349" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B350" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>262</v>
+        <v>366</v>
       </c>
       <c r="D350" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B351" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="C351" t="s">
-        <v>364</v>
+        <v>56</v>
       </c>
       <c r="D351" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B352" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C352" t="s">
-        <v>203</v>
+        <v>262</v>
       </c>
       <c r="D352" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B353" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C353" t="s">
-        <v>241</v>
+        <v>367</v>
       </c>
       <c r="D353" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B354" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C354" t="s">
-        <v>366</v>
+        <v>203</v>
       </c>
       <c r="D354" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B355" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="C355" t="s">
-        <v>367</v>
+        <v>241</v>
       </c>
       <c r="D355" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B356" t="s">
-        <v>23</v>
+        <v>368</v>
       </c>
       <c r="C356" t="s">
-        <v>83</v>
+        <v>123</v>
       </c>
       <c r="D356" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B357" t="s">
-        <v>25</v>
+        <v>370</v>
       </c>
       <c r="C357" t="s">
-        <v>123</v>
+        <v>31</v>
       </c>
       <c r="D357" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B358" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C358" t="s">
-        <v>31</v>
+        <v>371</v>
       </c>
       <c r="D358" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B359" t="s">
         <v>29</v>
       </c>
       <c r="C359" t="s">
-        <v>368</v>
+        <v>188</v>
       </c>
       <c r="D359" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B360" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
       <c r="C360" t="s">
-        <v>188</v>
+        <v>108</v>
       </c>
       <c r="D360" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B361" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="C361" t="s">
-        <v>108</v>
+        <v>272</v>
       </c>
       <c r="D361" t="s">
-        <v>32</v>
-[...12 lines deleted...]
-      <c r="D362" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>